--- v0 (2025-12-23)
+++ v1 (2026-02-23)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr hidePivotFieldList="1" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Beemim\itaqui_departamentos\Comercial\Arquivos site\Arquivos ANP\Movimentação mensal\TGL 3\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Comercial\Arquivos site\Arquivos ANP\Movimentação mensal\TGL 3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D868129A-1FDB-4D0E-AC6E-90D0AD736CE0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6A1EC98C-160D-435C-901A-1FF729AF96B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{6DFE717B-7306-4370-9B30-51BE3738DB31}"/>
   </bookViews>
   <sheets>
     <sheet name="Metadados" sheetId="3" r:id="rId1"/>
     <sheet name="Dados" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Dados!$A$3:$K$524</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2684" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2749" uniqueCount="115">
   <si>
     <t>Tipo do dado</t>
   </si>
   <si>
     <t>Exemplo</t>
   </si>
   <si>
     <t>mes_de_referencia</t>
   </si>
   <si>
     <t>2023-10</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>Número inteiro, 7 dígitos</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>Texto</t>
   </si>
   <si>
@@ -384,50 +384,56 @@
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-10</t>
   </si>
   <si>
     <t>2025-11</t>
   </si>
+  <si>
+    <t>2025-12</t>
+  </si>
+  <si>
+    <t>2026-01</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -472,57 +478,58 @@
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -530,56 +537,58 @@
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula 2" xfId="2" xr:uid="{009D68E4-CEB9-4997-843D-C3900935F9AD}"/>
     <cellStyle name="Vírgula 3" xfId="1" xr:uid="{4B312DFE-E409-48B0-ABF6-1C16F249B878}"/>
     <cellStyle name="Vírgula 4" xfId="3" xr:uid="{6DDEE0C6-515A-4183-B2D3-1A307C5E2063}"/>
+    <cellStyle name="Vírgula 5" xfId="4" xr:uid="{ED49ACE8-9C38-4095-ACF5-875448BAA59A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1137,78 +1146,78 @@
       <c r="C21" s="19" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="22" spans="3:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="C22" s="4" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="23" spans="3:4" ht="29" x14ac:dyDescent="0.35">
       <c r="C23" s="4" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="26" spans="3:4" x14ac:dyDescent="0.35">
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0CC59F2-C8F5-4611-99ED-5B6F40C1C419}">
-  <dimension ref="A1:K524"/>
+  <dimension ref="A1:K537"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B513" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="B528" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="A524" sqref="A524"/>
+      <selection pane="bottomRight" activeCell="B539" sqref="B539"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.6328125" customWidth="1"/>
     <col min="2" max="2" width="25.6328125" customWidth="1"/>
     <col min="3" max="3" width="40.6328125" customWidth="1"/>
     <col min="4" max="4" width="50.6328125" customWidth="1"/>
     <col min="5" max="5" width="5.6328125" customWidth="1"/>
     <col min="6" max="8" width="25.6328125" customWidth="1"/>
     <col min="9" max="9" width="25.6328125" style="2" customWidth="1"/>
     <col min="10" max="10" width="30.6328125" customWidth="1"/>
     <col min="11" max="11" width="15.6328125" style="9" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B1" s="6">
-        <v>45993</v>
+        <v>46056</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C2" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="14" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>11</v>
@@ -19443,50 +19452,505 @@
         <v>25</v>
       </c>
       <c r="D524" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E524" t="s">
         <v>14</v>
       </c>
       <c r="F524">
         <v>2</v>
       </c>
       <c r="G524">
         <v>1</v>
       </c>
       <c r="H524" s="2">
         <v>1</v>
       </c>
       <c r="I524">
         <v>320101001</v>
       </c>
       <c r="J524" t="s">
         <v>31</v>
       </c>
       <c r="K524">
         <v>17.32</v>
+      </c>
+    </row>
+    <row r="525" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A525" t="s">
+        <v>113</v>
+      </c>
+      <c r="B525">
+        <v>1287050</v>
+      </c>
+      <c r="C525" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D525" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E525" t="s">
+        <v>14</v>
+      </c>
+      <c r="F525">
+        <v>1</v>
+      </c>
+      <c r="G525">
+        <v>1</v>
+      </c>
+      <c r="H525" s="2">
+        <v>5</v>
+      </c>
+      <c r="I525">
+        <v>420201001</v>
+      </c>
+      <c r="J525" t="s">
+        <v>28</v>
+      </c>
+      <c r="K525">
+        <v>987.22</v>
+      </c>
+    </row>
+    <row r="526" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A526" t="s">
+        <v>113</v>
+      </c>
+      <c r="B526">
+        <v>1287050</v>
+      </c>
+      <c r="C526" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D526" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E526" t="s">
+        <v>14</v>
+      </c>
+      <c r="F526">
+        <v>2</v>
+      </c>
+      <c r="G526">
+        <v>1</v>
+      </c>
+      <c r="H526" s="2">
+        <v>1</v>
+      </c>
+      <c r="I526">
+        <v>420201001</v>
+      </c>
+      <c r="J526" t="s">
+        <v>28</v>
+      </c>
+      <c r="K526">
+        <v>1223.05</v>
+      </c>
+    </row>
+    <row r="527" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A527" t="s">
+        <v>113</v>
+      </c>
+      <c r="B527">
+        <v>1287050</v>
+      </c>
+      <c r="C527" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D527" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E527" t="s">
+        <v>14</v>
+      </c>
+      <c r="F527">
+        <v>2</v>
+      </c>
+      <c r="G527">
+        <v>1</v>
+      </c>
+      <c r="H527" s="2">
+        <v>1</v>
+      </c>
+      <c r="I527">
+        <v>420105001</v>
+      </c>
+      <c r="J527" t="s">
+        <v>29</v>
+      </c>
+      <c r="K527">
+        <v>61.44</v>
+      </c>
+    </row>
+    <row r="528" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A528" t="s">
+        <v>113</v>
+      </c>
+      <c r="B528">
+        <v>1287050</v>
+      </c>
+      <c r="C528" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D528" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E528" t="s">
+        <v>14</v>
+      </c>
+      <c r="F528">
+        <v>1</v>
+      </c>
+      <c r="G528">
+        <v>1</v>
+      </c>
+      <c r="H528" s="2">
+        <v>4</v>
+      </c>
+      <c r="I528">
+        <v>420102004</v>
+      </c>
+      <c r="J528" t="s">
+        <v>38</v>
+      </c>
+      <c r="K528">
+        <v>9982.67</v>
+      </c>
+    </row>
+    <row r="529" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A529" t="s">
+        <v>113</v>
+      </c>
+      <c r="B529">
+        <v>1287050</v>
+      </c>
+      <c r="C529" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D529" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E529" t="s">
+        <v>14</v>
+      </c>
+      <c r="F529">
+        <v>2</v>
+      </c>
+      <c r="G529">
+        <v>1</v>
+      </c>
+      <c r="H529" s="2">
+        <v>1</v>
+      </c>
+      <c r="I529">
+        <v>810102001</v>
+      </c>
+      <c r="J529" t="s">
+        <v>30</v>
+      </c>
+      <c r="K529">
+        <v>5.94</v>
+      </c>
+    </row>
+    <row r="530" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A530" t="s">
+        <v>113</v>
+      </c>
+      <c r="B530">
+        <v>1287050</v>
+      </c>
+      <c r="C530" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D530" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E530" t="s">
+        <v>14</v>
+      </c>
+      <c r="F530">
+        <v>1</v>
+      </c>
+      <c r="G530">
+        <v>1</v>
+      </c>
+      <c r="H530" s="2">
+        <v>4</v>
+      </c>
+      <c r="I530">
+        <v>320101001</v>
+      </c>
+      <c r="J530" t="s">
+        <v>31</v>
+      </c>
+      <c r="K530">
+        <v>5812.11</v>
+      </c>
+    </row>
+    <row r="531" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A531" t="s">
+        <v>113</v>
+      </c>
+      <c r="B531">
+        <v>1287050</v>
+      </c>
+      <c r="C531" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D531" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E531" t="s">
+        <v>14</v>
+      </c>
+      <c r="F531">
+        <v>2</v>
+      </c>
+      <c r="G531">
+        <v>1</v>
+      </c>
+      <c r="H531" s="2">
+        <v>1</v>
+      </c>
+      <c r="I531">
+        <v>320101001</v>
+      </c>
+      <c r="J531" t="s">
+        <v>31</v>
+      </c>
+      <c r="K531">
+        <v>13.86</v>
+      </c>
+    </row>
+    <row r="532" spans="1:11" s="21" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A532" s="21" t="s">
+        <v>114</v>
+      </c>
+      <c r="B532" s="21">
+        <v>1287050</v>
+      </c>
+      <c r="C532" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D532" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E532" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F532" s="21">
+        <v>1</v>
+      </c>
+      <c r="G532" s="21">
+        <v>1</v>
+      </c>
+      <c r="H532" s="2">
+        <v>5</v>
+      </c>
+      <c r="I532" s="21">
+        <v>420201001</v>
+      </c>
+      <c r="J532" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="K532" s="21">
+        <v>999.45</v>
+      </c>
+    </row>
+    <row r="533" spans="1:11" s="21" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A533" s="21" t="s">
+        <v>114</v>
+      </c>
+      <c r="B533" s="21">
+        <v>1287050</v>
+      </c>
+      <c r="C533" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D533" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E533" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F533" s="21">
+        <v>2</v>
+      </c>
+      <c r="G533" s="21">
+        <v>1</v>
+      </c>
+      <c r="H533" s="2">
+        <v>1</v>
+      </c>
+      <c r="I533" s="21">
+        <v>420201001</v>
+      </c>
+      <c r="J533" s="21" t="s">
+        <v>28</v>
+      </c>
+      <c r="K533" s="21">
+        <v>280.94</v>
+      </c>
+    </row>
+    <row r="534" spans="1:11" s="21" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A534" s="21" t="s">
+        <v>114</v>
+      </c>
+      <c r="B534" s="21">
+        <v>1287050</v>
+      </c>
+      <c r="C534" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D534" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E534" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F534" s="21">
+        <v>1</v>
+      </c>
+      <c r="G534" s="21">
+        <v>1</v>
+      </c>
+      <c r="H534" s="2">
+        <v>4</v>
+      </c>
+      <c r="I534" s="21">
+        <v>420105001</v>
+      </c>
+      <c r="J534" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="K534" s="21">
+        <v>5932.19</v>
+      </c>
+    </row>
+    <row r="535" spans="1:11" s="21" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A535" s="21" t="s">
+        <v>114</v>
+      </c>
+      <c r="B535" s="21">
+        <v>1287050</v>
+      </c>
+      <c r="C535" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D535" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E535" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F535" s="21">
+        <v>2</v>
+      </c>
+      <c r="G535" s="21">
+        <v>1</v>
+      </c>
+      <c r="H535" s="2">
+        <v>2</v>
+      </c>
+      <c r="I535" s="21">
+        <v>420105001</v>
+      </c>
+      <c r="J535" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="K535" s="21">
+        <v>1863.07</v>
+      </c>
+    </row>
+    <row r="536" spans="1:11" s="21" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A536" s="21" t="s">
+        <v>114</v>
+      </c>
+      <c r="B536" s="21">
+        <v>1287050</v>
+      </c>
+      <c r="C536" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D536" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E536" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F536" s="21">
+        <v>2</v>
+      </c>
+      <c r="G536" s="21">
+        <v>1</v>
+      </c>
+      <c r="H536" s="2">
+        <v>1</v>
+      </c>
+      <c r="I536" s="21">
+        <v>420102004</v>
+      </c>
+      <c r="J536" s="21" t="s">
+        <v>38</v>
+      </c>
+      <c r="K536" s="21">
+        <v>405.69</v>
+      </c>
+    </row>
+    <row r="537" spans="1:11" s="21" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A537" s="21" t="s">
+        <v>114</v>
+      </c>
+      <c r="B537" s="21">
+        <v>1287050</v>
+      </c>
+      <c r="C537" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D537" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E537" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="F537" s="21">
+        <v>1</v>
+      </c>
+      <c r="G537" s="21">
+        <v>1</v>
+      </c>
+      <c r="H537" s="2">
+        <v>4</v>
+      </c>
+      <c r="I537" s="21">
+        <v>320101001</v>
+      </c>
+      <c r="J537" s="21" t="s">
+        <v>31</v>
+      </c>
+      <c r="K537" s="21">
+        <v>7817.56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:K524" xr:uid="{F0CC59F2-C8F5-4611-99ED-5B6F40C1C419}"/>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>