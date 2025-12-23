--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr hidePivotFieldList="1" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Comercial\Arquivos site\Arquivos ANP\Movimentação mensal\TGL 1\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Beemim\itaqui_departamentos\Comercial\Arquivos site\Arquivos ANP\Movimentação mensal\TGL 1\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{897C5109-D513-42E6-A160-8A947FD52140}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3316DDF2-F286-4080-B2B3-C5F269FE4BC3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{61AFDE1C-434C-488A-B075-08BB784A1090}"/>
   </bookViews>
   <sheets>
     <sheet name="Metadados" sheetId="3" r:id="rId1"/>
     <sheet name="Dados" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Dados!$A$3:$L$482</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Dados!$A$3:$L$661</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3174" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3369" uniqueCount="110">
   <si>
     <t>Tipo do dado</t>
   </si>
   <si>
     <t>Exemplo</t>
   </si>
   <si>
     <t>mes_de_referencia</t>
   </si>
   <si>
     <t>2023-10</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>Número inteiro, 7 dígitos</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>Texto</t>
   </si>
   <si>
@@ -369,50 +369,56 @@
   </si>
   <si>
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>HIDRATADO</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
+  <si>
+    <t>2025-10</t>
+  </si>
+  <si>
+    <t>2025-11</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -451,52 +457,53 @@
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -521,54 +528,55 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula 2" xfId="1" xr:uid="{61AE0A79-CB5B-40CA-BA53-A042C7130537}"/>
     <cellStyle name="Vírgula 3" xfId="2" xr:uid="{563FD73D-7C05-4E19-9050-D470C7F228F0}"/>
+    <cellStyle name="Vírgula 4" xfId="3" xr:uid="{E2D206BE-2206-4F2A-9DF4-2EF5C668F151}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1126,78 +1134,78 @@
       <c r="C21" s="19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="22" spans="3:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="C22" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="23" spans="3:4" ht="29" x14ac:dyDescent="0.35">
       <c r="C23" s="2" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="26" spans="3:4" x14ac:dyDescent="0.35">
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A64333AD-B8CF-4F95-BA48-D19D7E48B9A0}">
-  <dimension ref="A1:K622"/>
+  <dimension ref="A1:K663"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B602" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="B659" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="A605" sqref="A605"/>
+      <selection pane="bottomRight" activeCell="K623" sqref="K623:K641"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.6328125" style="5" customWidth="1"/>
     <col min="2" max="2" width="25.6328125" style="5" customWidth="1"/>
     <col min="3" max="3" width="40.6328125" style="5" customWidth="1"/>
     <col min="4" max="4" width="50.6328125" style="5" customWidth="1"/>
     <col min="5" max="5" width="5.6328125" style="5" customWidth="1"/>
     <col min="6" max="8" width="25.6328125" style="5" customWidth="1"/>
     <col min="9" max="9" width="25.6328125" style="3" customWidth="1"/>
     <col min="10" max="10" width="30.6328125" style="5" customWidth="1"/>
     <col min="11" max="11" width="15.6328125" style="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="22">
-        <v>45932</v>
+        <v>45993</v>
       </c>
       <c r="C1" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C2" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A3" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>11</v>
@@ -22864,52 +22872,1425 @@
       <c r="D622" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E622" s="5" t="s">
         <v>14</v>
       </c>
       <c r="F622" s="5">
         <v>2</v>
       </c>
       <c r="G622" s="5">
         <v>1</v>
       </c>
       <c r="H622" s="20">
         <v>1</v>
       </c>
       <c r="I622" s="3">
         <v>810101001</v>
       </c>
       <c r="J622" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K622" s="4">
         <v>147.63</v>
       </c>
     </row>
+    <row r="623" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A623" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B623" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C623" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D623" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E623" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F623" s="5">
+        <v>1</v>
+      </c>
+      <c r="G623" s="5">
+        <v>1</v>
+      </c>
+      <c r="H623" s="20">
+        <v>1</v>
+      </c>
+      <c r="I623" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J623" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K623" s="4">
+        <v>2856.78</v>
+      </c>
+    </row>
+    <row r="624" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A624" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B624" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C624" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D624" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E624" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F624" s="5">
+        <v>2</v>
+      </c>
+      <c r="G624" s="5">
+        <v>1</v>
+      </c>
+      <c r="H624" s="20">
+        <v>1</v>
+      </c>
+      <c r="I624" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J624" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K624" s="4">
+        <v>2546.85</v>
+      </c>
+    </row>
+    <row r="625" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A625" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B625" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C625" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D625" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E625" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F625" s="5">
+        <v>1</v>
+      </c>
+      <c r="G625" s="5">
+        <v>1</v>
+      </c>
+      <c r="H625" s="20">
+        <v>1</v>
+      </c>
+      <c r="I625" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J625" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K625" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="626" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A626" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B626" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C626" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D626" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E626" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F626" s="5">
+        <v>1</v>
+      </c>
+      <c r="G626" s="5">
+        <v>1</v>
+      </c>
+      <c r="H626" s="20">
+        <v>2</v>
+      </c>
+      <c r="I626" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J626" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K626" s="4">
+        <v>41.84</v>
+      </c>
+    </row>
+    <row r="627" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A627" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B627" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C627" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D627" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E627" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F627" s="5">
+        <v>1</v>
+      </c>
+      <c r="G627" s="5">
+        <v>1</v>
+      </c>
+      <c r="H627" s="20">
+        <v>4</v>
+      </c>
+      <c r="I627" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J627" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K627" s="4">
+        <v>16768.8</v>
+      </c>
+    </row>
+    <row r="628" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A628" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B628" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C628" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D628" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E628" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F628" s="5">
+        <v>2</v>
+      </c>
+      <c r="G628" s="5">
+        <v>1</v>
+      </c>
+      <c r="H628" s="20">
+        <v>1</v>
+      </c>
+      <c r="I628" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J628" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K628" s="4">
+        <v>19762.07</v>
+      </c>
+    </row>
+    <row r="629" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A629" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B629" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C629" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D629" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E629" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F629" s="5">
+        <v>2</v>
+      </c>
+      <c r="G629" s="5">
+        <v>1</v>
+      </c>
+      <c r="H629" s="20">
+        <v>2</v>
+      </c>
+      <c r="I629" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J629" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K629" s="4">
+        <v>2472.91</v>
+      </c>
+    </row>
+    <row r="630" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A630" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B630" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C630" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D630" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E630" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F630" s="5">
+        <v>1</v>
+      </c>
+      <c r="G630" s="5">
+        <v>1</v>
+      </c>
+      <c r="H630" s="20">
+        <v>1</v>
+      </c>
+      <c r="I630" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J630" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K630" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="631" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A631" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B631" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C631" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D631" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E631" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F631" s="5">
+        <v>1</v>
+      </c>
+      <c r="G631" s="5">
+        <v>1</v>
+      </c>
+      <c r="H631" s="20">
+        <v>4</v>
+      </c>
+      <c r="I631" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J631" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K631" s="4">
+        <v>8196.9</v>
+      </c>
+    </row>
+    <row r="632" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A632" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B632" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C632" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D632" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E632" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F632" s="5">
+        <v>1</v>
+      </c>
+      <c r="G632" s="5">
+        <v>1</v>
+      </c>
+      <c r="H632" s="20">
+        <v>5</v>
+      </c>
+      <c r="I632" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J632" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K632" s="4">
+        <v>99.36</v>
+      </c>
+    </row>
+    <row r="633" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A633" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B633" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C633" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D633" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E633" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F633" s="5">
+        <v>2</v>
+      </c>
+      <c r="G633" s="5">
+        <v>1</v>
+      </c>
+      <c r="H633" s="20">
+        <v>1</v>
+      </c>
+      <c r="I633" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J633" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K633" s="4">
+        <v>6410.13</v>
+      </c>
+    </row>
+    <row r="634" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A634" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B634" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C634" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D634" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E634" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F634" s="5">
+        <v>2</v>
+      </c>
+      <c r="G634" s="5">
+        <v>1</v>
+      </c>
+      <c r="H634" s="20">
+        <v>2</v>
+      </c>
+      <c r="I634" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J634" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K634" s="4">
+        <v>1291.99</v>
+      </c>
+    </row>
+    <row r="635" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A635" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B635" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C635" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D635" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E635" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F635" s="5">
+        <v>1</v>
+      </c>
+      <c r="G635" s="5">
+        <v>1</v>
+      </c>
+      <c r="H635" s="20">
+        <v>1</v>
+      </c>
+      <c r="I635" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J635" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K635" s="4">
+        <v>4123.5200000000004</v>
+      </c>
+    </row>
+    <row r="636" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A636" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B636" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C636" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D636" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E636" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F636" s="5">
+        <v>1</v>
+      </c>
+      <c r="G636" s="5">
+        <v>1</v>
+      </c>
+      <c r="H636" s="20">
+        <v>2</v>
+      </c>
+      <c r="I636" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J636" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K636" s="4">
+        <v>1214.03</v>
+      </c>
+    </row>
+    <row r="637" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A637" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B637" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C637" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D637" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E637" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F637" s="5">
+        <v>2</v>
+      </c>
+      <c r="G637" s="5">
+        <v>1</v>
+      </c>
+      <c r="H637" s="20">
+        <v>1</v>
+      </c>
+      <c r="I637" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J637" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K637" s="4">
+        <v>4296.3599999999997</v>
+      </c>
+    </row>
+    <row r="638" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A638" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B638" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C638" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D638" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E638" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F638" s="5">
+        <v>1</v>
+      </c>
+      <c r="G638" s="5">
+        <v>1</v>
+      </c>
+      <c r="H638" s="20">
+        <v>1</v>
+      </c>
+      <c r="I638" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J638" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K638" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="639" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A639" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B639" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C639" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D639" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E639" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F639" s="5">
+        <v>2</v>
+      </c>
+      <c r="G639" s="5">
+        <v>1</v>
+      </c>
+      <c r="H639" s="20">
+        <v>1</v>
+      </c>
+      <c r="I639" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J639" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K639" s="4">
+        <v>12886.03</v>
+      </c>
+    </row>
+    <row r="640" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A640" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B640" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C640" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D640" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E640" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F640" s="5">
+        <v>2</v>
+      </c>
+      <c r="G640" s="5">
+        <v>1</v>
+      </c>
+      <c r="H640" s="20">
+        <v>2</v>
+      </c>
+      <c r="I640" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J640" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K640" s="4">
+        <v>2771.86</v>
+      </c>
+    </row>
+    <row r="641" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A641" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B641" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C641" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D641" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E641" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F641" s="5">
+        <v>1</v>
+      </c>
+      <c r="G641" s="5">
+        <v>1</v>
+      </c>
+      <c r="H641" s="20">
+        <v>1</v>
+      </c>
+      <c r="I641" s="3">
+        <v>810101001</v>
+      </c>
+      <c r="J641" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K641" s="4">
+        <v>135.26</v>
+      </c>
+    </row>
+    <row r="642" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A642" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B642" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C642" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D642" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E642" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F642" s="5">
+        <v>2</v>
+      </c>
+      <c r="G642" s="5">
+        <v>1</v>
+      </c>
+      <c r="H642" s="20">
+        <v>1</v>
+      </c>
+      <c r="I642" s="3">
+        <v>810101001</v>
+      </c>
+      <c r="J642" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K642" s="4">
+        <v>214.99</v>
+      </c>
+    </row>
+    <row r="643" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A643" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B643" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C643" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D643" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E643" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F643" s="5">
+        <v>1</v>
+      </c>
+      <c r="G643" s="5">
+        <v>1</v>
+      </c>
+      <c r="H643" s="20">
+        <v>1</v>
+      </c>
+      <c r="I643" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J643" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K643" s="4">
+        <v>2794.99</v>
+      </c>
+    </row>
+    <row r="644" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A644" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B644" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C644" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D644" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E644" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F644" s="5">
+        <v>1</v>
+      </c>
+      <c r="G644" s="5">
+        <v>1</v>
+      </c>
+      <c r="H644" s="20">
+        <v>2</v>
+      </c>
+      <c r="I644" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J644" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K644" s="4">
+        <v>207.13</v>
+      </c>
+    </row>
+    <row r="645" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A645" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B645" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C645" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D645" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E645" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F645" s="5">
+        <v>2</v>
+      </c>
+      <c r="G645" s="5">
+        <v>1</v>
+      </c>
+      <c r="H645" s="20">
+        <v>1</v>
+      </c>
+      <c r="I645" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J645" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K645" s="4">
+        <v>2930.84</v>
+      </c>
+    </row>
+    <row r="646" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A646" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B646" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C646" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D646" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E646" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F646" s="5">
+        <v>1</v>
+      </c>
+      <c r="G646" s="5">
+        <v>1</v>
+      </c>
+      <c r="H646" s="20">
+        <v>4</v>
+      </c>
+      <c r="I646" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J646" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K646" s="4">
+        <v>28264.91</v>
+      </c>
+    </row>
+    <row r="647" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A647" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B647" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C647" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D647" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E647" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F647" s="5">
+        <v>1</v>
+      </c>
+      <c r="G647" s="5">
+        <v>1</v>
+      </c>
+      <c r="H647" s="20">
+        <v>5</v>
+      </c>
+      <c r="I647" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J647" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K647" s="4">
+        <v>2013.12</v>
+      </c>
+    </row>
+    <row r="648" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A648" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B648" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C648" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D648" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E648" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F648" s="5">
+        <v>2</v>
+      </c>
+      <c r="G648" s="5">
+        <v>1</v>
+      </c>
+      <c r="H648" s="20">
+        <v>1</v>
+      </c>
+      <c r="I648" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J648" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K648" s="4">
+        <v>19533.73</v>
+      </c>
+    </row>
+    <row r="649" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A649" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B649" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C649" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D649" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E649" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F649" s="5">
+        <v>2</v>
+      </c>
+      <c r="G649" s="5">
+        <v>1</v>
+      </c>
+      <c r="H649" s="20">
+        <v>2</v>
+      </c>
+      <c r="I649" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J649" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K649" s="4">
+        <v>2995.8</v>
+      </c>
+    </row>
+    <row r="650" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A650" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B650" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C650" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D650" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E650" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F650" s="5">
+        <v>1</v>
+      </c>
+      <c r="G650" s="5">
+        <v>1</v>
+      </c>
+      <c r="H650" s="20">
+        <v>4</v>
+      </c>
+      <c r="I650" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J650" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K650" s="4">
+        <v>4657.3100000000004</v>
+      </c>
+    </row>
+    <row r="651" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A651" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B651" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C651" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D651" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E651" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F651" s="5">
+        <v>1</v>
+      </c>
+      <c r="G651" s="5">
+        <v>1</v>
+      </c>
+      <c r="H651" s="20">
+        <v>5</v>
+      </c>
+      <c r="I651" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J651" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K651" s="4">
+        <v>1523.33</v>
+      </c>
+    </row>
+    <row r="652" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A652" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B652" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C652" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D652" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E652" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F652" s="5">
+        <v>2</v>
+      </c>
+      <c r="G652" s="5">
+        <v>1</v>
+      </c>
+      <c r="H652" s="20">
+        <v>1</v>
+      </c>
+      <c r="I652" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J652" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K652" s="4">
+        <v>7463.54</v>
+      </c>
+    </row>
+    <row r="653" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A653" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B653" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C653" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D653" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E653" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F653" s="5">
+        <v>2</v>
+      </c>
+      <c r="G653" s="5">
+        <v>1</v>
+      </c>
+      <c r="H653" s="20">
+        <v>2</v>
+      </c>
+      <c r="I653" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J653" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K653" s="4">
+        <v>730.85</v>
+      </c>
+    </row>
+    <row r="654" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A654" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B654" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C654" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D654" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E654" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F654" s="5">
+        <v>1</v>
+      </c>
+      <c r="G654" s="5">
+        <v>1</v>
+      </c>
+      <c r="H654" s="20">
+        <v>1</v>
+      </c>
+      <c r="I654" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J654" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K654" s="4">
+        <v>4238.46</v>
+      </c>
+    </row>
+    <row r="655" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A655" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B655" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C655" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D655" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E655" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F655" s="5">
+        <v>1</v>
+      </c>
+      <c r="G655" s="5">
+        <v>1</v>
+      </c>
+      <c r="H655" s="20">
+        <v>2</v>
+      </c>
+      <c r="I655" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J655" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K655" s="4">
+        <v>108.74</v>
+      </c>
+    </row>
+    <row r="656" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A656" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B656" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C656" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D656" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E656" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F656" s="5">
+        <v>2</v>
+      </c>
+      <c r="G656" s="5">
+        <v>1</v>
+      </c>
+      <c r="H656" s="20">
+        <v>1</v>
+      </c>
+      <c r="I656" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J656" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K656" s="4">
+        <v>4311.84</v>
+      </c>
+    </row>
+    <row r="657" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A657" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B657" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C657" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D657" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E657" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F657" s="5">
+        <v>1</v>
+      </c>
+      <c r="G657" s="5">
+        <v>1</v>
+      </c>
+      <c r="H657" s="20">
+        <v>4</v>
+      </c>
+      <c r="I657" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J657" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K657" s="4">
+        <v>2185.84</v>
+      </c>
+    </row>
+    <row r="658" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A658" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B658" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C658" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D658" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E658" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F658" s="5">
+        <v>2</v>
+      </c>
+      <c r="G658" s="5">
+        <v>1</v>
+      </c>
+      <c r="H658" s="20">
+        <v>1</v>
+      </c>
+      <c r="I658" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J658" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K658" s="4">
+        <v>16187.97</v>
+      </c>
+    </row>
+    <row r="659" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A659" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B659" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C659" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D659" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E659" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F659" s="5">
+        <v>2</v>
+      </c>
+      <c r="G659" s="5">
+        <v>1</v>
+      </c>
+      <c r="H659" s="20">
+        <v>2</v>
+      </c>
+      <c r="I659" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J659" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K659" s="4">
+        <v>4730.12</v>
+      </c>
+    </row>
+    <row r="660" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A660" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B660" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C660" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D660" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E660" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F660" s="5">
+        <v>1</v>
+      </c>
+      <c r="G660" s="5">
+        <v>1</v>
+      </c>
+      <c r="H660" s="20">
+        <v>1</v>
+      </c>
+      <c r="I660" s="3">
+        <v>810101001</v>
+      </c>
+      <c r="J660" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K660" s="4">
+        <v>106.92</v>
+      </c>
+    </row>
+    <row r="661" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A661" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="B661" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C661" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D661" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E661" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F661" s="5">
+        <v>2</v>
+      </c>
+      <c r="G661" s="5">
+        <v>1</v>
+      </c>
+      <c r="H661" s="20">
+        <v>1</v>
+      </c>
+      <c r="I661" s="3">
+        <v>810101001</v>
+      </c>
+      <c r="J661" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K661" s="4">
+        <v>159.37</v>
+      </c>
+    </row>
+    <row r="662" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="C662" s="6"/>
+      <c r="D662" s="6"/>
+    </row>
+    <row r="663" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="C663" s="6"/>
+      <c r="D663" s="6"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A3:L482" xr:uid="{A64333AD-B8CF-4F95-BA48-D19D7E48B9A0}"/>
+  <autoFilter ref="A3:L661" xr:uid="{A64333AD-B8CF-4F95-BA48-D19D7E48B9A0}"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Metadados</vt:lpstr>
       <vt:lpstr>Dados</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>