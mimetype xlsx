--- v1 (2025-12-23)
+++ v2 (2026-02-23)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr hidePivotFieldList="1" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Beemim\itaqui_departamentos\Comercial\Arquivos site\Arquivos ANP\Movimentação mensal\TGL 1\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Comercial\Arquivos site\Arquivos ANP\Movimentação mensal\TGL 1\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3316DDF2-F286-4080-B2B3-C5F269FE4BC3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BCD7E388-F3C7-41B4-B7AB-091B719D988E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{61AFDE1C-434C-488A-B075-08BB784A1090}"/>
   </bookViews>
   <sheets>
     <sheet name="Metadados" sheetId="3" r:id="rId1"/>
     <sheet name="Dados" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Dados!$A$3:$L$661</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3369" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3589" uniqueCount="112">
   <si>
     <t>Tipo do dado</t>
   </si>
   <si>
     <t>Exemplo</t>
   </si>
   <si>
     <t>mes_de_referencia</t>
   </si>
   <si>
     <t>2023-10</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>Número inteiro, 7 dígitos</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>Texto</t>
   </si>
   <si>
@@ -375,57 +375,64 @@
   </si>
   <si>
     <t>HIDRATADO</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-10</t>
   </si>
   <si>
     <t>2025-11</t>
   </si>
+  <si>
+    <t>2025-12</t>
+  </si>
+  <si>
+    <t>2026-01</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="167" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -457,55 +464,57 @@
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="167" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
@@ -528,55 +537,57 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula 2" xfId="1" xr:uid="{61AE0A79-CB5B-40CA-BA53-A042C7130537}"/>
     <cellStyle name="Vírgula 3" xfId="2" xr:uid="{563FD73D-7C05-4E19-9050-D470C7F228F0}"/>
     <cellStyle name="Vírgula 4" xfId="3" xr:uid="{E2D206BE-2206-4F2A-9DF4-2EF5C668F151}"/>
+    <cellStyle name="Vírgula 5" xfId="4" xr:uid="{EE53A975-9818-4C93-B936-D12AC8E03364}"/>
+    <cellStyle name="Vírgula 6" xfId="5" xr:uid="{6682EA66-0CEC-42BA-887C-B83904A8EA82}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1134,78 +1145,78 @@
       <c r="C21" s="19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="22" spans="3:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="C22" s="2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="23" spans="3:4" ht="29" x14ac:dyDescent="0.35">
       <c r="C23" s="2" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="26" spans="3:4" x14ac:dyDescent="0.35">
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A64333AD-B8CF-4F95-BA48-D19D7E48B9A0}">
-  <dimension ref="A1:K663"/>
+  <dimension ref="A1:K705"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B659" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="B682" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="K623" sqref="K623:K641"/>
+      <selection pane="bottomRight" activeCell="B692" sqref="B692"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.6328125" style="5" customWidth="1"/>
     <col min="2" max="2" width="25.6328125" style="5" customWidth="1"/>
     <col min="3" max="3" width="40.6328125" style="5" customWidth="1"/>
     <col min="4" max="4" width="50.6328125" style="5" customWidth="1"/>
     <col min="5" max="5" width="5.6328125" style="5" customWidth="1"/>
     <col min="6" max="8" width="25.6328125" style="5" customWidth="1"/>
     <col min="9" max="9" width="25.6328125" style="3" customWidth="1"/>
     <col min="10" max="10" width="30.6328125" style="5" customWidth="1"/>
     <col min="11" max="11" width="15.6328125" style="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
         <v>48</v>
       </c>
       <c r="B1" s="22">
-        <v>45993</v>
+        <v>46056</v>
       </c>
       <c r="C1" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C2" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A3" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>11</v>
@@ -24238,56 +24249,1588 @@
         <v>26</v>
       </c>
       <c r="E661" s="5" t="s">
         <v>14</v>
       </c>
       <c r="F661" s="5">
         <v>2</v>
       </c>
       <c r="G661" s="5">
         <v>1</v>
       </c>
       <c r="H661" s="20">
         <v>1</v>
       </c>
       <c r="I661" s="3">
         <v>810101001</v>
       </c>
       <c r="J661" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K661" s="4">
         <v>159.37</v>
       </c>
     </row>
     <row r="662" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C662" s="6"/>
-      <c r="D662" s="6"/>
+      <c r="A662" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B662" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C662" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D662" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E662" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F662" s="5">
+        <v>1</v>
+      </c>
+      <c r="G662" s="5">
+        <v>1</v>
+      </c>
+      <c r="H662" s="20">
+        <v>1</v>
+      </c>
+      <c r="I662" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J662" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K662" s="4">
+        <v>2630.61</v>
+      </c>
     </row>
     <row r="663" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C663" s="6"/>
-      <c r="D663" s="6"/>
+      <c r="A663" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B663" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C663" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D663" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E663" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F663" s="5">
+        <v>1</v>
+      </c>
+      <c r="G663" s="5">
+        <v>1</v>
+      </c>
+      <c r="H663" s="20">
+        <v>2</v>
+      </c>
+      <c r="I663" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J663" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K663" s="4">
+        <v>103.66</v>
+      </c>
+    </row>
+    <row r="664" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A664" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B664" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C664" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D664" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E664" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F664" s="5">
+        <v>2</v>
+      </c>
+      <c r="G664" s="5">
+        <v>1</v>
+      </c>
+      <c r="H664" s="20">
+        <v>1</v>
+      </c>
+      <c r="I664" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J664" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K664" s="4">
+        <v>2625.86</v>
+      </c>
+    </row>
+    <row r="665" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A665" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B665" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C665" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D665" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E665" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F665" s="5">
+        <v>1</v>
+      </c>
+      <c r="G665" s="5">
+        <v>1</v>
+      </c>
+      <c r="H665" s="20">
+        <v>4</v>
+      </c>
+      <c r="I665" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J665" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K665" s="4">
+        <v>14377.63</v>
+      </c>
+    </row>
+    <row r="666" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A666" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B666" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C666" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D666" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E666" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F666" s="5">
+        <v>2</v>
+      </c>
+      <c r="G666" s="5">
+        <v>1</v>
+      </c>
+      <c r="H666" s="20">
+        <v>1</v>
+      </c>
+      <c r="I666" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J666" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K666" s="4">
+        <v>21595.19</v>
+      </c>
+    </row>
+    <row r="667" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A667" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B667" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C667" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D667" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E667" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F667" s="5">
+        <v>2</v>
+      </c>
+      <c r="G667" s="5">
+        <v>1</v>
+      </c>
+      <c r="H667" s="20">
+        <v>2</v>
+      </c>
+      <c r="I667" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J667" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K667" s="4">
+        <v>2263.9</v>
+      </c>
+    </row>
+    <row r="668" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A668" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B668" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C668" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D668" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E668" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F668" s="5">
+        <v>2</v>
+      </c>
+      <c r="G668" s="5">
+        <v>1</v>
+      </c>
+      <c r="H668" s="20">
+        <v>5</v>
+      </c>
+      <c r="I668" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J668" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K668" s="4">
+        <v>2417.5</v>
+      </c>
+    </row>
+    <row r="669" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A669" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B669" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C669" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D669" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E669" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F669" s="5">
+        <v>1</v>
+      </c>
+      <c r="G669" s="5">
+        <v>1</v>
+      </c>
+      <c r="H669" s="20">
+        <v>1</v>
+      </c>
+      <c r="I669" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J669" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K669" s="4">
+        <v>59.42</v>
+      </c>
+    </row>
+    <row r="670" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A670" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B670" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C670" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D670" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E670" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F670" s="5">
+        <v>1</v>
+      </c>
+      <c r="G670" s="5">
+        <v>1</v>
+      </c>
+      <c r="H670" s="20">
+        <v>4</v>
+      </c>
+      <c r="I670" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J670" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K670" s="4">
+        <v>28167.37</v>
+      </c>
+    </row>
+    <row r="671" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A671" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B671" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C671" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D671" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E671" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F671" s="5">
+        <v>1</v>
+      </c>
+      <c r="G671" s="5">
+        <v>1</v>
+      </c>
+      <c r="H671" s="20">
+        <v>5</v>
+      </c>
+      <c r="I671" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J671" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K671" s="4">
+        <v>52.39</v>
+      </c>
+    </row>
+    <row r="672" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A672" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B672" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C672" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D672" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E672" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F672" s="5">
+        <v>2</v>
+      </c>
+      <c r="G672" s="5">
+        <v>1</v>
+      </c>
+      <c r="H672" s="20">
+        <v>1</v>
+      </c>
+      <c r="I672" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J672" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K672" s="4">
+        <v>6507.99</v>
+      </c>
+    </row>
+    <row r="673" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A673" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B673" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C673" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D673" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E673" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F673" s="5">
+        <v>2</v>
+      </c>
+      <c r="G673" s="5">
+        <v>1</v>
+      </c>
+      <c r="H673" s="20">
+        <v>2</v>
+      </c>
+      <c r="I673" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J673" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K673" s="4">
+        <v>831.78</v>
+      </c>
+    </row>
+    <row r="674" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A674" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B674" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C674" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D674" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E674" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F674" s="5">
+        <v>1</v>
+      </c>
+      <c r="G674" s="5">
+        <v>1</v>
+      </c>
+      <c r="H674" s="20">
+        <v>1</v>
+      </c>
+      <c r="I674" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J674" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K674" s="4">
+        <v>4381.16</v>
+      </c>
+    </row>
+    <row r="675" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A675" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B675" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C675" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D675" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E675" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F675" s="5">
+        <v>1</v>
+      </c>
+      <c r="G675" s="5">
+        <v>1</v>
+      </c>
+      <c r="H675" s="20">
+        <v>2</v>
+      </c>
+      <c r="I675" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J675" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K675" s="4">
+        <v>218.29</v>
+      </c>
+    </row>
+    <row r="676" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A676" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B676" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C676" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D676" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E676" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F676" s="5">
+        <v>2</v>
+      </c>
+      <c r="G676" s="5">
+        <v>1</v>
+      </c>
+      <c r="H676" s="20">
+        <v>1</v>
+      </c>
+      <c r="I676" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J676" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K676" s="4">
+        <v>5863.3</v>
+      </c>
+    </row>
+    <row r="677" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A677" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B677" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C677" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D677" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E677" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F677" s="5">
+        <v>1</v>
+      </c>
+      <c r="G677" s="5">
+        <v>1</v>
+      </c>
+      <c r="H677" s="20">
+        <v>2</v>
+      </c>
+      <c r="I677" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J677" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K677" s="4">
+        <v>123.78</v>
+      </c>
+    </row>
+    <row r="678" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A678" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B678" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C678" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D678" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E678" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F678" s="5">
+        <v>1</v>
+      </c>
+      <c r="G678" s="5">
+        <v>1</v>
+      </c>
+      <c r="H678" s="20">
+        <v>4</v>
+      </c>
+      <c r="I678" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J678" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K678" s="4">
+        <v>12614.03</v>
+      </c>
+    </row>
+    <row r="679" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A679" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B679" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C679" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D679" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E679" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F679" s="5">
+        <v>2</v>
+      </c>
+      <c r="G679" s="5">
+        <v>1</v>
+      </c>
+      <c r="H679" s="20">
+        <v>1</v>
+      </c>
+      <c r="I679" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J679" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K679" s="4">
+        <v>19762.95</v>
+      </c>
+    </row>
+    <row r="680" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A680" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B680" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C680" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D680" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E680" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F680" s="5">
+        <v>2</v>
+      </c>
+      <c r="G680" s="5">
+        <v>1</v>
+      </c>
+      <c r="H680" s="20">
+        <v>2</v>
+      </c>
+      <c r="I680" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J680" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K680" s="4">
+        <v>4326.8900000000003</v>
+      </c>
+    </row>
+    <row r="681" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A681" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B681" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C681" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D681" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E681" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F681" s="5">
+        <v>2</v>
+      </c>
+      <c r="G681" s="5">
+        <v>1</v>
+      </c>
+      <c r="H681" s="20">
+        <v>5</v>
+      </c>
+      <c r="I681" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J681" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K681" s="4">
+        <v>1333.03</v>
+      </c>
+    </row>
+    <row r="682" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A682" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B682" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C682" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D682" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E682" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F682" s="5">
+        <v>1</v>
+      </c>
+      <c r="G682" s="5">
+        <v>1</v>
+      </c>
+      <c r="H682" s="20">
+        <v>1</v>
+      </c>
+      <c r="I682" s="3">
+        <v>810101001</v>
+      </c>
+      <c r="J682" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K682" s="4">
+        <v>224.63</v>
+      </c>
+    </row>
+    <row r="683" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A683" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B683" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C683" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D683" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E683" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F683" s="5">
+        <v>2</v>
+      </c>
+      <c r="G683" s="5">
+        <v>1</v>
+      </c>
+      <c r="H683" s="20">
+        <v>1</v>
+      </c>
+      <c r="I683" s="3">
+        <v>810101001</v>
+      </c>
+      <c r="J683" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K683" s="4">
+        <v>250.24</v>
+      </c>
+    </row>
+    <row r="684" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A684" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B684" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C684" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D684" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E684" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F684" s="5">
+        <v>1</v>
+      </c>
+      <c r="G684" s="5">
+        <v>1</v>
+      </c>
+      <c r="H684" s="20">
+        <v>1</v>
+      </c>
+      <c r="I684" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J684" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K684" s="4">
+        <v>1462.52</v>
+      </c>
+    </row>
+    <row r="685" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A685" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B685" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C685" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D685" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E685" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F685" s="5">
+        <v>1</v>
+      </c>
+      <c r="G685" s="5">
+        <v>1</v>
+      </c>
+      <c r="H685" s="20">
+        <v>2</v>
+      </c>
+      <c r="I685" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J685" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K685" s="4">
+        <v>310.07</v>
+      </c>
+    </row>
+    <row r="686" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A686" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B686" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C686" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D686" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E686" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F686" s="5">
+        <v>2</v>
+      </c>
+      <c r="G686" s="5">
+        <v>1</v>
+      </c>
+      <c r="H686" s="20">
+        <v>1</v>
+      </c>
+      <c r="I686" s="3">
+        <v>820101001</v>
+      </c>
+      <c r="J686" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K686" s="4">
+        <v>2414.8200000000002</v>
+      </c>
+    </row>
+    <row r="687" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A687" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B687" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C687" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D687" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E687" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F687" s="5">
+        <v>1</v>
+      </c>
+      <c r="G687" s="5">
+        <v>1</v>
+      </c>
+      <c r="H687" s="20">
+        <v>4</v>
+      </c>
+      <c r="I687" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J687" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K687" s="4">
+        <v>23956.89</v>
+      </c>
+    </row>
+    <row r="688" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A688" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B688" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C688" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D688" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E688" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F688" s="5">
+        <v>2</v>
+      </c>
+      <c r="G688" s="5">
+        <v>1</v>
+      </c>
+      <c r="H688" s="20">
+        <v>1</v>
+      </c>
+      <c r="I688" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J688" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K688" s="4">
+        <v>18786.72</v>
+      </c>
+    </row>
+    <row r="689" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A689" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B689" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C689" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D689" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E689" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F689" s="5">
+        <v>2</v>
+      </c>
+      <c r="G689" s="5">
+        <v>1</v>
+      </c>
+      <c r="H689" s="20">
+        <v>2</v>
+      </c>
+      <c r="I689" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J689" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K689" s="4">
+        <v>11055.8</v>
+      </c>
+    </row>
+    <row r="690" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A690" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B690" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C690" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D690" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E690" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F690" s="5">
+        <v>2</v>
+      </c>
+      <c r="G690" s="5">
+        <v>1</v>
+      </c>
+      <c r="H690" s="20">
+        <v>4</v>
+      </c>
+      <c r="I690" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J690" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K690" s="4">
+        <v>1656.94</v>
+      </c>
+    </row>
+    <row r="691" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A691" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B691" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C691" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D691" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E691" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F691" s="5">
+        <v>2</v>
+      </c>
+      <c r="G691" s="5">
+        <v>1</v>
+      </c>
+      <c r="H691" s="20">
+        <v>5</v>
+      </c>
+      <c r="I691" s="3">
+        <v>420105001</v>
+      </c>
+      <c r="J691" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K691" s="4">
+        <v>2533.75</v>
+      </c>
+    </row>
+    <row r="692" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A692" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B692" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C692" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D692" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E692" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F692" s="5">
+        <v>1</v>
+      </c>
+      <c r="G692" s="5">
+        <v>1</v>
+      </c>
+      <c r="H692" s="20">
+        <v>4</v>
+      </c>
+      <c r="I692" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J692" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K692" s="4">
+        <v>5990.68</v>
+      </c>
+    </row>
+    <row r="693" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A693" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B693" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C693" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D693" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E693" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F693" s="5">
+        <v>1</v>
+      </c>
+      <c r="G693" s="5">
+        <v>1</v>
+      </c>
+      <c r="H693" s="20">
+        <v>5</v>
+      </c>
+      <c r="I693" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J693" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K693" s="4">
+        <v>1274.6400000000001</v>
+      </c>
+    </row>
+    <row r="694" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A694" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B694" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C694" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D694" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E694" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F694" s="5">
+        <v>2</v>
+      </c>
+      <c r="G694" s="5">
+        <v>1</v>
+      </c>
+      <c r="H694" s="20">
+        <v>1</v>
+      </c>
+      <c r="I694" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J694" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K694" s="4">
+        <v>7480.05</v>
+      </c>
+    </row>
+    <row r="695" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A695" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B695" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C695" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D695" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E695" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F695" s="5">
+        <v>2</v>
+      </c>
+      <c r="G695" s="5">
+        <v>1</v>
+      </c>
+      <c r="H695" s="20">
+        <v>2</v>
+      </c>
+      <c r="I695" s="3">
+        <v>420102004</v>
+      </c>
+      <c r="J695" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K695" s="4">
+        <v>1041.8</v>
+      </c>
+    </row>
+    <row r="696" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A696" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B696" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C696" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D696" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E696" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F696" s="5">
+        <v>1</v>
+      </c>
+      <c r="G696" s="5">
+        <v>1</v>
+      </c>
+      <c r="H696" s="20">
+        <v>1</v>
+      </c>
+      <c r="I696" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J696" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K696" s="4">
+        <v>3745.28</v>
+      </c>
+    </row>
+    <row r="697" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A697" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B697" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C697" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D697" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E697" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F697" s="5">
+        <v>1</v>
+      </c>
+      <c r="G697" s="5">
+        <v>1</v>
+      </c>
+      <c r="H697" s="20">
+        <v>2</v>
+      </c>
+      <c r="I697" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J697" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K697" s="4">
+        <v>1609.59</v>
+      </c>
+    </row>
+    <row r="698" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A698" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B698" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C698" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D698" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E698" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F698" s="5">
+        <v>2</v>
+      </c>
+      <c r="G698" s="5">
+        <v>1</v>
+      </c>
+      <c r="H698" s="20">
+        <v>1</v>
+      </c>
+      <c r="I698" s="3">
+        <v>810102001</v>
+      </c>
+      <c r="J698" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K698" s="4">
+        <v>4293.6899999999996</v>
+      </c>
+    </row>
+    <row r="699" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A699" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B699" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C699" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D699" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E699" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F699" s="5">
+        <v>1</v>
+      </c>
+      <c r="G699" s="5">
+        <v>1</v>
+      </c>
+      <c r="H699" s="20">
+        <v>2</v>
+      </c>
+      <c r="I699" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J699" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K699" s="4">
+        <v>82.03</v>
+      </c>
+    </row>
+    <row r="700" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A700" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B700" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C700" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D700" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E700" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F700" s="5">
+        <v>1</v>
+      </c>
+      <c r="G700" s="5">
+        <v>1</v>
+      </c>
+      <c r="H700" s="20">
+        <v>4</v>
+      </c>
+      <c r="I700" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J700" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K700" s="4">
+        <v>10616.06</v>
+      </c>
+    </row>
+    <row r="701" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A701" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B701" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C701" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D701" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E701" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F701" s="5">
+        <v>2</v>
+      </c>
+      <c r="G701" s="5">
+        <v>1</v>
+      </c>
+      <c r="H701" s="20">
+        <v>1</v>
+      </c>
+      <c r="I701" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J701" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K701" s="4">
+        <v>12887.38</v>
+      </c>
+    </row>
+    <row r="702" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A702" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B702" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C702" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D702" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E702" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F702" s="5">
+        <v>2</v>
+      </c>
+      <c r="G702" s="5">
+        <v>1</v>
+      </c>
+      <c r="H702" s="20">
+        <v>2</v>
+      </c>
+      <c r="I702" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J702" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K702" s="4">
+        <v>3579.67</v>
+      </c>
+    </row>
+    <row r="703" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A703" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B703" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C703" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D703" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E703" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F703" s="5">
+        <v>2</v>
+      </c>
+      <c r="G703" s="5">
+        <v>1</v>
+      </c>
+      <c r="H703" s="20">
+        <v>5</v>
+      </c>
+      <c r="I703" s="3">
+        <v>320101001</v>
+      </c>
+      <c r="J703" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K703" s="4">
+        <v>1191.44</v>
+      </c>
+    </row>
+    <row r="704" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A704" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B704" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C704" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D704" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E704" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F704" s="5">
+        <v>1</v>
+      </c>
+      <c r="G704" s="5">
+        <v>1</v>
+      </c>
+      <c r="H704" s="20">
+        <v>1</v>
+      </c>
+      <c r="I704" s="3">
+        <v>810101001</v>
+      </c>
+      <c r="J704" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K704" s="4">
+        <v>442.5</v>
+      </c>
+    </row>
+    <row r="705" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A705" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B705" s="5">
+        <v>1287768</v>
+      </c>
+      <c r="C705" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D705" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E705" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F705" s="5">
+        <v>2</v>
+      </c>
+      <c r="G705" s="5">
+        <v>1</v>
+      </c>
+      <c r="H705" s="20">
+        <v>1</v>
+      </c>
+      <c r="I705" s="3">
+        <v>810101001</v>
+      </c>
+      <c r="J705" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K705" s="4">
+        <v>251.59</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:L661" xr:uid="{A64333AD-B8CF-4F95-BA48-D19D7E48B9A0}"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Metadados</vt:lpstr>