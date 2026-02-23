--- v0 (2025-12-23)
+++ v1 (2026-02-23)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr hidePivotFieldList="1" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Comercial\Arquivos site\Arquivos ANP\Movimentação mensal\TGL 2\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E3A65342-CAB3-42B0-BD81-D02983AAE7AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EDCA631A-D548-40C0-B394-7C85A6318FF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="1" xr2:uid="{61AFDE1C-434C-488A-B075-08BB784A1090}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{61AFDE1C-434C-488A-B075-08BB784A1090}"/>
   </bookViews>
   <sheets>
     <sheet name="Metadados" sheetId="3" r:id="rId1"/>
     <sheet name="Dados" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Dados!$A$3:$L$661</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Dados!$A$3:$L$659</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="75">
   <si>
     <t>Tipo do dado</t>
   </si>
   <si>
     <t>Exemplo</t>
   </si>
   <si>
     <t>mes_de_referencia</t>
   </si>
   <si>
     <t>codigo_anp_do_terminal</t>
   </si>
   <si>
     <t>Número inteiro, 7 dígitos</t>
   </si>
   <si>
     <t>nome_do_terminal</t>
   </si>
   <si>
     <t>Texto</t>
   </si>
   <si>
     <t>municipio_do_terminal</t>
   </si>
   <si>
@@ -257,50 +257,62 @@
     <t>1) O Operador deve manter as duas abas da planilha ("Metadados" e "Dados") sem alterar seus nomes.</t>
   </si>
   <si>
     <t>2) O Operador deve inserir os dados na aba "Dados", obedecendo o Layout estabelecido nesta planilha (sem alterar a localização dos nomes dos campos)</t>
   </si>
   <si>
     <t>3) O Operador, a cada nova publicação dos dados, deve registrar a data da última atualização na planilha (aba "Dados", na célula B1).</t>
   </si>
   <si>
     <t>4) Os dados de movimentação devem ser inseridos a partir da linha 4, seguindo a ordem cronológica definida no Mês de Referência</t>
   </si>
   <si>
     <t>5) O operador deve atualizar a planilha de histórico de movimentações em seu site até o dia 15 de cada mês, com as movimentações ocorridas no mês anterior, ou seja acrescentado os dados imediatamente após os últimos dados inseridos até então.</t>
   </si>
   <si>
     <t>6) O operador deve manter disponível na planilha histórico de dados de movimentação de, pelo menos, os últimos 120 meses.</t>
   </si>
   <si>
     <t>2025-11</t>
   </si>
   <si>
     <t>SANTOS BRASIL - TGL02</t>
   </si>
   <si>
     <t xml:space="preserve">SANTOS BRASIL - TGL2     </t>
+  </si>
+  <si>
+    <t>2025-12</t>
+  </si>
+  <si>
+    <t>ETANOL ANIDRO</t>
+  </si>
+  <si>
+    <t>2026-01</t>
+  </si>
+  <si>
+    <t>DIESEL S500</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -340,52 +352,53 @@
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -413,55 +426,56 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
-  <cellStyles count="4">
+  <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Vírgula 2" xfId="1" xr:uid="{61AE0A79-CB5B-40CA-BA53-A042C7130537}"/>
     <cellStyle name="Vírgula 3" xfId="2" xr:uid="{563FD73D-7C05-4E19-9050-D470C7F228F0}"/>
     <cellStyle name="Vírgula 4" xfId="3" xr:uid="{E2D206BE-2206-4F2A-9DF4-2EF5C668F151}"/>
+    <cellStyle name="Vírgula 5" xfId="4" xr:uid="{6DF2F926-5278-4135-8336-BAF1C4C2609F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1019,354 +1033,744 @@
       <c r="C21" s="19" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="3:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="C22" s="2" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="3:4" ht="29" x14ac:dyDescent="0.35">
       <c r="C23" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="26" spans="3:4" x14ac:dyDescent="0.35">
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A64333AD-B8CF-4F95-BA48-D19D7E48B9A0}">
-  <dimension ref="A1:K663"/>
+  <dimension ref="A1:K661"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="B6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="A4" sqref="A4"/>
+      <selection pane="bottomRight" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="20.6328125" style="5" customWidth="1"/>
     <col min="2" max="2" width="25.6328125" style="5" customWidth="1"/>
     <col min="3" max="3" width="40.6328125" style="5" customWidth="1"/>
     <col min="4" max="4" width="50.6328125" style="5" customWidth="1"/>
     <col min="5" max="5" width="5.6328125" style="5" customWidth="1"/>
     <col min="6" max="8" width="25.6328125" style="5" customWidth="1"/>
     <col min="9" max="9" width="25.6328125" style="3" customWidth="1"/>
     <col min="10" max="10" width="30.6328125" style="5" customWidth="1"/>
     <col min="11" max="11" width="15.6328125" style="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A1" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B1" s="22">
-        <v>46006</v>
+        <v>46056</v>
       </c>
       <c r="C1" s="7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C2" s="7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A3" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="8" t="s">
         <v>7</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="8" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="8" t="s">
         <v>15</v>
       </c>
       <c r="I3" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J3" s="8" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="21" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="4" spans="1:11" s="24" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="24" t="s">
+    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
         <v>68</v>
       </c>
-      <c r="B4" s="24">
+      <c r="B4">
         <v>1313055</v>
       </c>
       <c r="C4" s="23" t="s">
         <v>70</v>
       </c>
       <c r="D4" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="E4" s="24" t="s">
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="F4" s="24">
+      <c r="F4">
         <v>2</v>
       </c>
-      <c r="G4" s="24">
+      <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
-      <c r="I4" s="24">
+      <c r="I4">
         <v>820101001</v>
       </c>
-      <c r="J4" s="24" t="s">
+      <c r="J4" t="s">
         <v>24</v>
       </c>
-      <c r="K4" s="24">
+      <c r="K4">
         <v>8.92</v>
       </c>
     </row>
-    <row r="5" spans="1:11" s="24" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="24" t="s">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
         <v>68</v>
       </c>
-      <c r="B5" s="24">
+      <c r="B5">
         <v>1313055</v>
       </c>
       <c r="C5" s="23" t="s">
         <v>70</v>
       </c>
       <c r="D5" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="E5" s="24" t="s">
+      <c r="E5" t="s">
         <v>12</v>
       </c>
-      <c r="F5" s="24">
+      <c r="F5">
         <v>2</v>
       </c>
-      <c r="G5" s="24">
+      <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
-      <c r="I5" s="24">
+      <c r="I5">
         <v>420105001</v>
       </c>
-      <c r="J5" s="24" t="s">
+      <c r="J5" t="s">
         <v>25</v>
       </c>
-      <c r="K5" s="24">
+      <c r="K5">
         <v>50.47</v>
       </c>
     </row>
-    <row r="6" spans="1:11" s="24" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="24" t="s">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
         <v>68</v>
       </c>
-      <c r="B6" s="24">
+      <c r="B6">
         <v>1313055</v>
       </c>
       <c r="C6" s="23" t="s">
         <v>70</v>
       </c>
       <c r="D6" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="E6" s="24" t="s">
+      <c r="E6" t="s">
         <v>12</v>
       </c>
-      <c r="F6" s="24">
+      <c r="F6">
         <v>2</v>
       </c>
-      <c r="G6" s="24">
+      <c r="G6">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
-      <c r="I6" s="24">
+      <c r="I6">
         <v>320101001</v>
       </c>
-      <c r="J6" s="24" t="s">
+      <c r="J6" t="s">
         <v>26</v>
       </c>
-      <c r="K6" s="24">
+      <c r="K6">
         <v>61.24</v>
       </c>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C7" s="6"/>
-[...1 lines deleted...]
-      <c r="H7" s="20"/>
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7">
+        <v>1313055</v>
+      </c>
+      <c r="C7" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7">
+        <v>1</v>
+      </c>
+      <c r="G7">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>1</v>
+      </c>
+      <c r="I7">
+        <v>820101001</v>
+      </c>
+      <c r="J7" t="s">
+        <v>24</v>
+      </c>
+      <c r="K7">
+        <v>321.01</v>
+      </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C8" s="6"/>
-[...1 lines deleted...]
-      <c r="H8" s="20"/>
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8">
+        <v>1313055</v>
+      </c>
+      <c r="C8" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8">
+        <v>2</v>
+      </c>
+      <c r="G8">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>1</v>
+      </c>
+      <c r="I8">
+        <v>820101001</v>
+      </c>
+      <c r="J8" t="s">
+        <v>24</v>
+      </c>
+      <c r="K8">
+        <v>22.84</v>
+      </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C9" s="6"/>
-[...1 lines deleted...]
-      <c r="H9" s="20"/>
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9">
+        <v>1313055</v>
+      </c>
+      <c r="C9" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D9" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9">
+        <v>2</v>
+      </c>
+      <c r="G9">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>1</v>
+      </c>
+      <c r="I9">
+        <v>420105001</v>
+      </c>
+      <c r="J9" t="s">
+        <v>25</v>
+      </c>
+      <c r="K9">
+        <v>129.79</v>
+      </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C10" s="6"/>
-[...1 lines deleted...]
-      <c r="H10" s="20"/>
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10">
+        <v>1313055</v>
+      </c>
+      <c r="C10" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10">
+        <v>1</v>
+      </c>
+      <c r="G10">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>1</v>
+      </c>
+      <c r="I10">
+        <v>810102001</v>
+      </c>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10">
+        <v>220.71</v>
+      </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C11" s="6"/>
-[...1 lines deleted...]
-      <c r="H11" s="20"/>
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11">
+        <v>1313055</v>
+      </c>
+      <c r="C11" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11">
+        <v>2</v>
+      </c>
+      <c r="G11">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>1</v>
+      </c>
+      <c r="I11">
+        <v>810102001</v>
+      </c>
+      <c r="J11" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11">
+        <v>107.45</v>
+      </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C12" s="6"/>
-[...1 lines deleted...]
-      <c r="H12" s="20"/>
+      <c r="A12" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12">
+        <v>1313055</v>
+      </c>
+      <c r="C12" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12">
+        <v>1</v>
+      </c>
+      <c r="G12">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>4</v>
+      </c>
+      <c r="I12">
+        <v>320101001</v>
+      </c>
+      <c r="J12" t="s">
+        <v>26</v>
+      </c>
+      <c r="K12">
+        <v>4363.6000000000004</v>
+      </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C13" s="6"/>
-[...1 lines deleted...]
-      <c r="H13" s="20"/>
+      <c r="A13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13">
+        <v>1313055</v>
+      </c>
+      <c r="C13" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13">
+        <v>2</v>
+      </c>
+      <c r="G13">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>1</v>
+      </c>
+      <c r="I13">
+        <v>320101001</v>
+      </c>
+      <c r="J13" t="s">
+        <v>26</v>
+      </c>
+      <c r="K13">
+        <v>312.7</v>
+      </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C14" s="6"/>
-[...1 lines deleted...]
-      <c r="H14" s="20"/>
+      <c r="A14" s="24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" s="24">
+        <v>1313055</v>
+      </c>
+      <c r="C14" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E14" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" s="24">
+        <v>2</v>
+      </c>
+      <c r="G14" s="24">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>1</v>
+      </c>
+      <c r="I14" s="24">
+        <v>820101001</v>
+      </c>
+      <c r="J14" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="K14" s="24">
+        <v>22.58</v>
+      </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C15" s="6"/>
-[...1 lines deleted...]
-      <c r="H15" s="20"/>
+      <c r="A15" s="24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B15" s="24">
+        <v>1313055</v>
+      </c>
+      <c r="C15" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="24">
+        <v>1</v>
+      </c>
+      <c r="G15" s="24">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>4</v>
+      </c>
+      <c r="I15" s="24">
+        <v>420105001</v>
+      </c>
+      <c r="J15" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="K15" s="24">
+        <v>3958.68</v>
+      </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.35">
-      <c r="C16" s="6"/>
-[...18 lines deleted...]
-    <row r="20" spans="3:8" x14ac:dyDescent="0.35">
+      <c r="A16" s="24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" s="24">
+        <v>1313055</v>
+      </c>
+      <c r="C16" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" s="24">
+        <v>2</v>
+      </c>
+      <c r="G16" s="24">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>1</v>
+      </c>
+      <c r="I16" s="24">
+        <v>420105001</v>
+      </c>
+      <c r="J16" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="K16" s="24">
+        <v>123.92</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A17" s="24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="24">
+        <v>1313055</v>
+      </c>
+      <c r="C17" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D17" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" s="24">
+        <v>2</v>
+      </c>
+      <c r="G17" s="24">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>1</v>
+      </c>
+      <c r="I17" s="24">
+        <v>420102004</v>
+      </c>
+      <c r="J17" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="K17" s="24">
+        <v>4.22</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A18" s="24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="24">
+        <v>1313055</v>
+      </c>
+      <c r="C18" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" s="24">
+        <v>2</v>
+      </c>
+      <c r="G18" s="24">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>1</v>
+      </c>
+      <c r="I18" s="24">
+        <v>810102001</v>
+      </c>
+      <c r="J18" s="24" t="s">
+        <v>72</v>
+      </c>
+      <c r="K18" s="24">
+        <v>49.58</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A19" s="24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B19" s="24">
+        <v>1313055</v>
+      </c>
+      <c r="C19" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E19" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" s="24">
+        <v>2</v>
+      </c>
+      <c r="G19" s="24">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>1</v>
+      </c>
+      <c r="I19" s="24">
+        <v>320101001</v>
+      </c>
+      <c r="J19" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="K19" s="24">
+        <v>115.7</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="H20" s="20"/>
     </row>
-    <row r="21" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C21" s="6"/>
       <c r="D21" s="6"/>
       <c r="H21" s="20"/>
     </row>
-    <row r="22" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="H22" s="20"/>
     </row>
-    <row r="23" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="H23" s="20"/>
     </row>
-    <row r="24" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="H24" s="20"/>
     </row>
-    <row r="25" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="H25" s="20"/>
     </row>
-    <row r="26" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="H26" s="20"/>
     </row>
-    <row r="27" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="H27" s="20"/>
     </row>
-    <row r="28" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="H28" s="20"/>
     </row>
-    <row r="29" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C29" s="6"/>
       <c r="D29" s="6"/>
       <c r="H29" s="20"/>
     </row>
-    <row r="30" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="H30" s="20"/>
     </row>
-    <row r="31" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="H31" s="20"/>
     </row>
-    <row r="32" spans="3:8" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:11" x14ac:dyDescent="0.35">
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="H32" s="20"/>
     </row>
     <row r="33" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="H33" s="20"/>
     </row>
     <row r="34" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C34" s="6"/>
       <c r="D34" s="6"/>
       <c r="H34" s="20"/>
     </row>
     <row r="35" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="H35" s="20"/>
     </row>
     <row r="36" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="H36" s="20"/>
     </row>
     <row r="37" spans="3:8" x14ac:dyDescent="0.35">
@@ -4465,67 +4869,57 @@
       <c r="H655" s="20"/>
     </row>
     <row r="656" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C656" s="6"/>
       <c r="D656" s="6"/>
       <c r="H656" s="20"/>
     </row>
     <row r="657" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C657" s="6"/>
       <c r="D657" s="6"/>
       <c r="H657" s="20"/>
     </row>
     <row r="658" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C658" s="6"/>
       <c r="D658" s="6"/>
       <c r="H658" s="20"/>
     </row>
     <row r="659" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C659" s="6"/>
       <c r="D659" s="6"/>
       <c r="H659" s="20"/>
     </row>
     <row r="660" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C660" s="6"/>
       <c r="D660" s="6"/>
-      <c r="H660" s="20"/>
     </row>
     <row r="661" spans="3:8" x14ac:dyDescent="0.35">
       <c r="C661" s="6"/>
       <c r="D661" s="6"/>
-      <c r="H661" s="20"/>
-[...7 lines deleted...]
-      <c r="D663" s="6"/>
     </row>
   </sheetData>
-  <autoFilter ref="A3:L661" xr:uid="{A64333AD-B8CF-4F95-BA48-D19D7E48B9A0}"/>
+  <autoFilter ref="A3:L659" xr:uid="{A64333AD-B8CF-4F95-BA48-D19D7E48B9A0}"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Metadados</vt:lpstr>
       <vt:lpstr>Dados</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>